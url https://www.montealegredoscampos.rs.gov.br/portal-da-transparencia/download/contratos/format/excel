--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -12,788 +12,755 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Norte Med Resgate Serviços de UTI Ltda - Contrato: 279/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 279/2025</t>
+  </si>
+  <si>
+    <t>Serges - Serviço de Gestão em Saúde Ltda - Aditivo: 278/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 201/2023</t>
+  </si>
+  <si>
+    <t>Tonitur Transportes Ltda - Aditivo: 277/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 020/2025</t>
+  </si>
+  <si>
+    <t>Construtora e Incorporadora Bonatto Ltda - Aditivo: 276/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 098/2024</t>
+  </si>
+  <si>
+    <t>Murial da Silveira Paiz - Aditivo: 275/2025</t>
+  </si>
+  <si>
+    <t>21/10/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 246/2024</t>
+  </si>
+  <si>
+    <t>Loyal Comercial - Aditivo : 274/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 211/2025</t>
+  </si>
+  <si>
+    <t>Guilherme Xavier Piva - Aditivo: 273/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 209/2025</t>
+  </si>
+  <si>
+    <t>Jociane do Rocio Michaloski - Be Happy - Aditivo: 272/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 208/2025</t>
+  </si>
+  <si>
+    <t>Dlin Serviços Médicos Ltda - Aditivo: 267/2025</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 253/2024</t>
+  </si>
+  <si>
+    <t>Clinica Radiologia de Cidade de Passo Fundo - Aditivo: 266/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 182/2021</t>
+  </si>
+  <si>
+    <t>Verlin Tecnologia da Informação Ltda - Aditivo: 265/2025</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 260/2025</t>
+  </si>
+  <si>
+    <t>Desing Ricardense - Industria de Móveis Ltda - Aditivo: 264/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 259/2025</t>
+  </si>
+  <si>
+    <t>Delta Soluçoes em Informática Ltda - Aditivo: 263/2025</t>
+  </si>
+  <si>
+    <t>15/10/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 233/2024</t>
+  </si>
+  <si>
+    <t>Verlin Tecnologia da Informação Ltda - Contrato : 260/2025</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>Design Ricardense - Industria de Móveis Ltda - Contrato: 259/2025</t>
+  </si>
+  <si>
+    <t>Fundação Cultural Fátima de Comunicações - Aditivo: 258/2025</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 236/2024</t>
+  </si>
+  <si>
+    <t>Geraldo Andreola e Cia Ltda - Contrato : 255/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 255/2025</t>
+  </si>
+  <si>
+    <t>Injeteck Auto Center Manutenção de Veículos Ltda - Aditivo: 253/2025</t>
+  </si>
+  <si>
+    <t>03/10/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 221/2023</t>
+  </si>
+  <si>
+    <t>AM Mecânica Autocenter Ltda - Aditivo: 252/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 117/2024</t>
+  </si>
+  <si>
+    <t>4 Irmãos Karangas Mecânica e Auto Center Ltda - Aditivo: 251/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 216/2023</t>
+  </si>
+  <si>
+    <t>4 Irmãos Karangas Mecânica e Auto Center Ltda - Aditivo: 250/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 215/2023</t>
+  </si>
+  <si>
+    <t>Gargioni Distribuidora de Peças Ltda - Aditivo:249/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 202/2023</t>
+  </si>
+  <si>
+    <t>Eva Rosaria Scopel Velho - Contrato: 245/2025</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 245/2025</t>
+  </si>
+  <si>
+    <t>Construtora e Incorporadora Bonatto Ltda - Aditivo: 242/2025</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 226/2025</t>
+  </si>
+  <si>
+    <t>Marcelo de Carvalho Borges - Aditivo: 241/ 2025</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 019/2025</t>
+  </si>
+  <si>
+    <t>Pedro Borella Neto - Contrato: 240/2025</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 240/2025</t>
+  </si>
+  <si>
+    <t>Legalle Concursos Ltda - Contrato :239/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 239/2025</t>
+  </si>
+  <si>
+    <t>MA Soluções em Tecnologia Ltda - Aditivo: 238/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 176/2022</t>
+  </si>
+  <si>
+    <t>RSM de Souza Leão - Aditivo: 237/2025</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 232/2025</t>
+  </si>
+  <si>
+    <t>RSM de Souza Leão - Contrato: 232/2025</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>Marcelo de Carvalho Borges - ME - Aditivo: 231/2025</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 031/2025</t>
+  </si>
+  <si>
+    <t>Marcelo Carvalho Borges - Aditivo:230/2025</t>
+  </si>
+  <si>
+    <t>Gente Seguradora S/A - Aditivo: 225/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 132/2023</t>
+  </si>
+  <si>
+    <t>Dagostini Artefatos de Concreto e pavimentações Ltda - Contrato: 224/2025</t>
+  </si>
+  <si>
+    <t>28/08/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 224/2025</t>
+  </si>
+  <si>
+    <t>Rapachi Empreendimentos Esportivos Ltda- Aditivo: 223/2025</t>
+  </si>
+  <si>
+    <t>25/08/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 117/2025</t>
+  </si>
+  <si>
+    <t>Gráfica e Editora Posigraf Ltda - Contrato: 221/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 221/2025</t>
+  </si>
+  <si>
+    <t>Maisa Basso Godinho - ME - Aditivo: 200/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 002/2022</t>
+  </si>
+  <si>
+    <t>Webde Host Ltda - ME - Aditivo: 219/2025</t>
+  </si>
+  <si>
+    <t>22/08/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 161/2021</t>
+  </si>
+  <si>
+    <t>Resgate Serviços Moveis de Atendimento a Urgências e Emergências a Vida Ltda - Contrato: 215/2025</t>
+  </si>
+  <si>
+    <t>15/08/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 215/2025</t>
+  </si>
+  <si>
+    <t>Vitor Alfredo Thomas Ltda - Contrato : 213/2025</t>
+  </si>
+  <si>
+    <t>12/08/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 213/2025</t>
+  </si>
+  <si>
+    <t>RG2 Industria e Comércio de Móveis Ltda - Contrato: 212/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 212/2025</t>
+  </si>
+  <si>
+    <t>Loyal Comercial - Augusto Sosta Martins - Contrato: 211/2025</t>
+  </si>
+  <si>
+    <t>JR2 Comércio de Variedades Ltda - Contrato: 210/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 210/2025</t>
+  </si>
+  <si>
+    <t>Guilherme Xavier Piva - ME - Contrato: 209/2025</t>
+  </si>
+  <si>
+    <t>Jociane do Rocio Michaloski - BE HAPPY - Contrato: 208/2025</t>
+  </si>
+  <si>
+    <t>Alci N. Becker &amp; Cia Ltda - EPP - Contrado: 207/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 207/2025</t>
+  </si>
+  <si>
+    <t>Marcolin &amp; Marcolin Ltda - Contrato: 206/2025</t>
+  </si>
+  <si>
+    <t>07/08/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 206/2025</t>
+  </si>
+  <si>
+    <t>Contrutora e Incorporadora Bonatto Ltda - Aditivo: 205/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 210/2024</t>
+  </si>
+  <si>
+    <t>Gente Seguradora S/A - Aditivo: 204/2025</t>
+  </si>
+  <si>
+    <t>Residencial Nosso Lar - Aditivo: 202/2025</t>
+  </si>
+  <si>
+    <t>30/07/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 218/2024</t>
+  </si>
+  <si>
+    <t>Maximiliano Guerreiro Batalha Junior - Aditivo: 201/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 211/2024</t>
+  </si>
+  <si>
+    <t>Claudio Dutra Scopel - Aditivo: 199/2025</t>
+  </si>
+  <si>
+    <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 206/2024</t>
+  </si>
+  <si>
+    <t>Octávio Augusto Duarte Silveira Clínica de Otorrinolaringologia Ltda - Contrato: 198/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 198/2025</t>
+  </si>
+  <si>
+    <t>BPF Instituição de Pagamentos Ltda - Contrato: 197/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 197/2025</t>
+  </si>
+  <si>
+    <t>Tonitur Transportes Ltda - Aditivo: 196/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 20/2025</t>
+  </si>
+  <si>
+    <t>Brandprev Medicina do Trabalho Ltda - Contrato: 195/2025</t>
+  </si>
+  <si>
+    <t>17/07/2025</t>
+  </si>
+  <si>
+    <t>Contrato: 195/2025</t>
+  </si>
+  <si>
+    <t>Associação Hospitalar Manoel Francisco Guerreiro - Contrato : 194/2025</t>
+  </si>
+  <si>
+    <t>14/07/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 194/2025</t>
+  </si>
+  <si>
+    <t>Lacua - Sistema de Tratamento de Água e Saneamento - Aditivo: 193/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 155/2022</t>
+  </si>
+  <si>
+    <t>Le Card Administradora de Cartões Ltda - Contrato: 187/2025</t>
+  </si>
+  <si>
+    <t>26/06/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 187/2025</t>
+  </si>
+  <si>
+    <t>Autolocadora Linck e Mello Ltda - Contrato: 186/2025</t>
+  </si>
+  <si>
+    <t>Contrato: 186/2025</t>
+  </si>
+  <si>
+    <t>Autolocadora Linck e Mello Ltda - Contrato:185/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 185/2025</t>
+  </si>
+  <si>
+    <t>Proxima Gestão Empresarial Ltda - Aditivo: 183/2025</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 168/2023</t>
+  </si>
+  <si>
+    <t>Delta Soluções em Informática - Aditivo: 182</t>
+  </si>
+  <si>
+    <t>Contrato base: 126/2022</t>
+  </si>
+  <si>
+    <t>Minha Saúde Clínica de Especialidades Médicas Ltda - Aditivo: 179/2025</t>
+  </si>
+  <si>
+    <t>16/06/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 179/2025</t>
+  </si>
+  <si>
+    <t>Franciele Eletro Móveis Ltda - Aditivo: 177/2025</t>
+  </si>
+  <si>
+    <t>09/06/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 166/2025</t>
+  </si>
+  <si>
+    <t>Alex Guilherme - Contrato: 170/2025</t>
+  </si>
+  <si>
+    <t>28/05/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 170/2025</t>
+  </si>
+  <si>
+    <t>Camila Brandalise Grazziotin - Contrato : 169/2025</t>
+  </si>
+  <si>
+    <t>27/05/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 169/2025</t>
+  </si>
+  <si>
+    <t>Pedro Henrique Martello Rossi - Contrato: 168/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 168/2025</t>
+  </si>
+  <si>
+    <t>Rural Rental Service Eireli - Aditivo: 167/2025</t>
+  </si>
+  <si>
+    <t>26/05/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 131/2022</t>
+  </si>
+  <si>
+    <t>Franciele Eletro Móveis Ltda - Contrato base: 166/2025</t>
+  </si>
+  <si>
+    <t>Diego Lutz Treinamentos Ltda - Contrato : 165/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 165/2025</t>
+  </si>
+  <si>
+    <t>Porto Seguro Companhia de Seguros Gerais - Aditivo: 162/2025</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 131/2023</t>
+  </si>
+  <si>
+    <t>Gente Seguradora S.A. - Aditivo: 161/2025</t>
+  </si>
+  <si>
+    <t>Contrato Base: 132/2023</t>
+  </si>
+  <si>
+    <t>Rota System Rastreamento Ltda - Aditivo: 160/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 148/2024</t>
+  </si>
+  <si>
+    <t>CML Vacaria Laboratório de análises Clínicas Ltda - Aditivo: 159/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 144/2023</t>
+  </si>
+  <si>
+    <t>Miguel Martinez Grazziottin - Aditivo: 157/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 141/2023</t>
+  </si>
+  <si>
+    <t>Topmed Assistência a Saúde Ltda - Contrato: 156/2025</t>
+  </si>
+  <si>
+    <t>Contrato base:156/2025</t>
+  </si>
+  <si>
+    <t>Clinica Radiológica da Cidade de Passo Fundo Ltda - Aditivo: 155/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 140/2023</t>
+  </si>
+  <si>
+    <t>Singular Clínica Médica Ltda - Contrato: 154/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 154/2025</t>
+  </si>
+  <si>
+    <t>Luciane Ghedini e Cia Ltda - Aditivo: 152/2025</t>
+  </si>
+  <si>
+    <t>06/05/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 138/2023</t>
+  </si>
+  <si>
+    <t>Centro Integrado de Gastroenterologia e Endoscopia da Serra Gaúcha - Aditivo: 151/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 137/2023</t>
+  </si>
+  <si>
+    <t>Laboratório Núcleo Ltda - Aditivo: 150/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 136/2023</t>
+  </si>
+  <si>
+    <t>Felippi Serviços Médicos Sociedade Simples Ltda - Aditivo: 149/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 139/2023</t>
+  </si>
+  <si>
+    <t>Marcelo Carvalho Borges - Aditivo: 148/2025</t>
+  </si>
+  <si>
+    <t>05/05/2025</t>
+  </si>
+  <si>
+    <t>Far Treinamentos Ltda - Contrato: 146/2025</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 146/2025</t>
+  </si>
+  <si>
+    <t>Comercio e Serviços Elétricos Lírios Ltda - Contratos: 142/2025</t>
+  </si>
+  <si>
+    <t>23/04/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 142/2025</t>
+  </si>
+  <si>
+    <t>Vip Revestimentos e Climatização Ltda - Contrato: 140/2025</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 140/2025</t>
+  </si>
+  <si>
+    <t>Lopes e Médicos Associados Ltda - Aditivo: 136/2025</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t>Contrato base:113/2022</t>
+  </si>
+  <si>
+    <t>Augusto de Castro - Contrato : 134/2025</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
+  </si>
+  <si>
+    <t>Contrato Base: 134/2025</t>
+  </si>
+  <si>
+    <t>Rural Rental Service Eireli - Aditivo: 133/2025</t>
+  </si>
+  <si>
+    <t>04/04/2025</t>
+  </si>
+  <si>
+    <t>Contrato Base: 114/2023</t>
+  </si>
+  <si>
+    <t>Vector CTF Engenharia e Meio Ambiente Ltda - ME - Aditivo: 132/2025</t>
+  </si>
+  <si>
+    <t>Contrato Base: 132/2025</t>
+  </si>
+  <si>
+    <t>Adelar José dos Santos Eirelli - Aditivo: 131/2025</t>
+  </si>
+  <si>
+    <t>Contrato Base: 101/2021</t>
+  </si>
+  <si>
+    <t>Funerária Lovato - Aditivo: 129/2025</t>
+  </si>
+  <si>
+    <t>Contrato Base: 107/2023</t>
+  </si>
+  <si>
+    <t>Funerária Sagrada Família - Aditivo: 128/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 103/2023</t>
+  </si>
+  <si>
+    <t>Distribuidora Meridional de Motores Cummins - Contrato: 121/2025</t>
+  </si>
+  <si>
+    <t>Contrato base: 121/2025</t>
+  </si>
+  <si>
     <t>Elisa Regina Detoni Branco Engenharia de Segurança do Trabalho - Contrato: 120/2025</t>
   </si>
   <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>Contrato base: 120/2025</t>
   </si>
   <si>
     <t>Rapachi Empreendimentos Esportivos Ltda - Contrato: 117/2025</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
-    <t>Contrato base: 117/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Construtora e Incorporadora Bonatto Ltda - Aditivo: 115/2025</t>
   </si>
   <si>
     <t>25/03/2025</t>
   </si>
   <si>
-    <t>Contrato base: 098/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>4 Irmãos Karangas Mecânica e Auto Center Ltda - Contrato: 114/2025</t>
   </si>
   <si>
     <t>Contrato base: 114/2025</t>
-  </si>
-[...694 lines deleted...]
-    <t>Contrato base: 201/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1100,259 +1067,259 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552261/images/original/120-2025 -  Contrato - Elisa Regina Detogni.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552260/images/original/117 - 2025 - Contrato - Rapachi Empreendimentos Esportivos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552258/images/original/115-2025 - Aditivo -  BONATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552238/images/original/114-2025 - Credenciamento - 4 Irm&#227;os Karangas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552237/images/original/113-2025 -  Contrato - Empresa Jornal&#237;stica Vacariense Ltda.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552236/images/original/112-2025 - CONTRATO - Associa&#231;&#227;o dos Estudantes de Bom Jesus.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552235/images/original/109-2025 - Credenciamento - Alex Guilherme.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552234/images/original/106-2025 -  Contrato - Willian Monteiro Mazzotti.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552233/images/original/104-2025 - Aditivo -  RCL Desenvolvimento de Sistemas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552232/images/original/103-2025 - Credenciamento - Endodiagnostico Servi&#231;os M&#233;dicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552230/images/original/102-2025 - Credenciamento - Hospital Nossa Senhora da Oliveira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552229/images/original/101-2025 - Credenciamento - RADIPLAN DIAGN&#211;STICO POR IMAGEM.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552228/images/original/100-2025 - Credenciamento - Hospital de Clinicas de Passo Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552227/images/original/099-2025 - Credenciamento - Debora Martello Me.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552226/images/original/098-2025 - Aditivo -  Cespro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552224/images/original/096-2025 - AUTOLOCADORA LINCK &amp; MELLO LTDA - Saude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552222/images/original/095-2025 - Aditivo - Delta Inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552211/images/original/092-2025 - ADITIVO - Dalvi Longui - amplia&#231;&#227;o linha S&#227;o Jose - Sa&#250;de.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552204/images/original/091-2025 - ADITIVO -Tonitur Transportes -  Amplia&#231;&#227;o de linha -  Transporte Escolar -.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552199/images/original/090  - 2025 - Contrato - Chamamento P&#250;blico  - JUCELMA SILVEIRA DOS SANTOS.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552195/images/original/089  - 2025 - Contrato - Chamamento P&#250;blico  -JOSE VANDERLEI ALMEIDA DA SILVA.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552193/images/original/088  - 2025 - Contrato - Chamamento P&#250;blico  - Industria e Com&#233;rcio de Doces e Conservas Carraro Ltda.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552191/images/original/087  - 2025 - Contrato - Chamamento P&#250;blico  - Elizeu Jos&#233; Indicatti Guerra.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552189/images/original/086  - 2025 - Contrato - Chamamento P&#250;blico  - Cristiano Trevisan.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552188/images/original/085-2025 - Credenciamento - Valdecir Calgaro ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552187/images/original/083-2025 - Pause e Perin  - Advogados associados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552186/images/original/080-2025 - Aditivo - Clinica Visentin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552184/images/original/078-2025 - Aditivo -  Unimed.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552183/images/original/077-2025 -  Aditivo vigencia - Sicredi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552181/images/original/073-2025 - Aditivo -  ATM Assessoria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552179/images/original/072-2025 - Aditivo -  Marcio Jose Santos da Silva.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552178/images/original/071-2025 - Aditivo -  Maria Sueli Almeia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552177/images/original/069-2025 - Aditivo GSS Darli.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552176/images/original/068-2025 - ADITIVO  - LLA - Vigencia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551669/images/original/066-2025 - Credenciamento - Injeteck Auto Center.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551652/images/original/065-2025 - AUTOLOCADORA LINCK &amp; MELLO LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551629/images/original/038-2025 - Aditivo - Z.V.S. Paix&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551285/images/original/035-2025 - ADITIVO - Vantuir Nery de Souza.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551284/images/original/034-2025 - Credenciamento - Gargioni Distrib.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551282/images/original/033-2025 - Aditivo - Medson Diagnostico por imagem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551281/images/original/031-2025 -  Contrato Marcelo de Carvalho Borges - ME  - Transporte escolar.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551277/images/original/024-2025 - Aditivo -  Eduarda Bomfa Pires.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551272/images/original/022-2025 - Credenciamento - Abra Com Servi&#231;os Ltda ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551271/images/original/021-2025 - Credenciamento - A.M. Mecanica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551269/images/original/020-2025 -  Contrato Tonitur   - Trasnporte escolar.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551264/images/original/019-2025 -  Contrato Marcelo de Carvalho Borges - ME  - Trasnporte escolar.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551263/images/original/018-2025 -  Contrato Dalvi Longui - Trasnporte escolar.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551262/images/original/015-2025 - Aditivo -Gente Seguradora - Citroen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/551261/images/original/010-2025 - Grafica e Editora Posigraf Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/517462/images/original/009-2025 - Credenciamento - GA Parts Pe&#231;as e Equipamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/517456/images/original/008-2025 - Credenciamento - RUBENS DOS SANTOS FERREIRA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/517444/images/original/007 - 2025 - ADITIVO - ACI - Andre da Croce.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/517433/images/original/005-2025 - ADITIVO - Rogerio Nicolau Fritzen.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/517427/images/original/004-2025 - Aditivo -  Servioeste.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/516036/images/original/260-2024 - Aditivo - Maisa Basso Godinho.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/516035/images/original/259-2024 - ADITIVO - Maisa Basso Godinho.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/516034/images/original/258-2024 - Aditivo - Maisa Basso Godinho.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/516031/images/original/257-2024- Aditivo - Maisa Basso Godinho.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/516029/images/original/256- 2024 - ADITIVO - Elaine Ferrares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/516027/images/original/255-2024 - Contrato LLA - Passo do carro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/517392/images/original/254-2024 - Contrato LLA - 7mts.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513387/images/original/253-2024 - Credenciamento - Dlin Servi&#231;os M&#233;dicos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513384/images/original/251-2024 - ADITIVO  - LLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513376/images/original/250-2024 - ADITIVO - Loca&#231;&#227;o - Mitra Diocesana.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513373/images/original/249-2024 - Aditivo - MA Solu&#231;oes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513369/images/original/247 - 2024 - Contrato - Clinquer  - Constru&#231;&#227;o junto a Sec de Educa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513367/images/original/246-2024 - Credenciamento  - Muriel da Silveira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513337/images/original/245-2024 - ADITIVO - LE CARD.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513321/images/original/243-2024 - ADITIVO  - LLA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513318/images/original/241- 2024 - ADITIVO - Serges -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/513291/images/original/240-2024 - Aditivo - Clinica Radiologia de Cidade de Passo Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509312/images/original/238-2024 - ADITIVO - Marcelo de Carvalho Borges - ME  - Amplia&#231;&#227;o linha.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509311/images/original/237-2024 - Contrato -   Loca&#231;&#227;o Im&#243;vel  Moradia - Erotildes - Eliane.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509310/images/original/236-2024 -  Contrato - Funda&#231;&#227;o Cultural F&#225;tima Comunica&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509306/images/original/233-2024 - Contrato Delta - Consultoria mensal ESocial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509305/images/original/232-2024 - Aditivo  - ZVS Paixao.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509298/images/original/231-2024 - ADITIVO - Injeteck  - Credenciamento de servi&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509294/images/original/230-2024 - ADITIVO - A.M. Mec&#226;nica e Autocenter Ltda  - Credenciamento de pe&#231;as.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509287/images/original/229-2024 - ADITIVO - Irmaos Karangas - Credenciamento de servi&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509283/images/original/228-2024 - ADITIVO - Irmaos Karangas - Credenciamento de pe&#231;as.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509280/images/original/227-2024 - ADITIVO - Gargioni - Credenciamento de pe&#231;as.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509277/images/original/226 - 2024 - Contrato - Bonatto - Conclusao da obra de constru&#231;&#227;o centro cultural e almoxarifado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509266/images/original/225-2024 - Credenciamento - Hubb Residencial Senior Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509264/images/original/223-2024 - ADITIVO - Marcelo de Carvalho Borges - ME  - Amplia&#231;&#227;o linha.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487805/images/original/221-2024 - Aditivo - MA Solu&#231;oes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487804/images/original/220-2024 - Aditivo - WEBDE HOST LTDA ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487803/images/original/219-2024 - Credenciamento  - Oxi Caxias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487793/images/original/218-2024 - Credenciamento - Residencial Nosso Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487792/images/original/217-2024 - ADITIVO -Marcelo de Carvalho Borges - Supressao de linha -  Transporte Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487791/images/original/216-2024 - ADITIVO -Tonitur Transportes -  Amplia&#231;&#227;o de linha -  Transporte Escolar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487790/images/original/215-2024 - Aditivo -  Marcio Jose Santos da Silva - 3 linhas m&#243;veis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487786/images/original/214-2024 -  Contrato - Mauss Treinamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487778/images/original/211-2024 - Credenciamento -Maximiliano.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477515/images/original/210 - 2024 - Contrato - Bonatto - Amplia&#231;&#227;o UBS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477512/images/original/209 - 2024 - Contrato - Bonatto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477160/images/original/208-2024 - Contrato - GRA ASSESSORIA E CONSULTORIA EM NEGOCIOS INTERNACIONAIS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477159/images/original/207-202 - Credenciamento - Residencial Nosso Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477154/images/original/206-2024 - Contrato - Loca&#231;&#227;o Claudio Dutra.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477142/images/original/204-2024 - Aditivo Lacua Tratamento de Agua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477139/images/original/201-2024 - Glx Com&#233;rcio de M&#225;quinas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675560/images/original/279-2025 - Credenciamento - NORTE MED RESGATE SERVICOS DE UTI LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675551/images/original/278- 2025 - ADITIVO - Serges -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675541/images/original/277-2025 - ADITIVO -Tonitur Transportes -  Amplia&#231;&#227;o de linha -  Transporte Escolar -.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675484/images/original/276-2025 - Aditivo -  BONATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675469/images/original/275-2025 - ADITIVO -Muriel da Silveira Paiz.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675468/images/original/274 - 2025 - ADITIVO - LOYAL COMERCIAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675461/images/original/273- 2025 - ADITIVO - GUILHERME XAVIER PIVA - ME..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675450/images/original/272- 2025 - ADITIVO - Be Happy.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675267/images/original/267-2025 Aditivo - Credenciamento - Dlin Servi&#231;os M&#233;dicos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675265/images/original/266-2025 - Aditivo - Clinica Radiologia de Cidade de Passo Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675263/images/original/265 - 2025 - ADITIVO - VERLIN TECNOLOGIA DA INFORMACAO LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675262/images/original/264 - 2025 - ADITIVO - Design  Ricardense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675260/images/original/263-2025 - ADITIVO - Delta - E social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675250/images/original/260-2025 -  Contrato - Verlin Tecnologia da Informa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675248/images/original/259-2025 -  Contrato - Design Ricardense.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675247/images/original/258-2025 - Aditivo -  FUNDA&#199;&#195;O CULTURAL F&#193;TIMA DE COMUNICA&#199;&#213;ES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675246/images/original/255-2025 -  Contrato Geraldo Andreola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675245/images/original/253-2025 - ADITIVO - Injeteck  - Credenciamento de servi&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675243/images/original/252-2025 - ADITIVO - A.M. Mec&#226;nica e Autocenter Ltda  - Credenciamento de pe&#231;as.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675238/images/original/251-2025 - ADITIVO - Irmaos Karangas - Credenciamento de servi&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675234/images/original/250-2025 - ADITIVO - Irmaos Karangas - Credenciamento de pe&#231;as.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675231/images/original/249-2025 - ADITIVO - Gargioni - Credenciamento de pe&#231;as.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675230/images/original/245-2025 - Contrato -   Loca&#231;&#227;o Im&#243;vel  Moradia - EVA ROS&#193;RIA SCOPEL VELHO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675228/images/original/242-2025 - Aditivo -  Bonatto -.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675227/images/original/241-2025 - ADITIVO -Marcelo de Carvalho Borges - Aumento de linha -  Transporte Escolar -.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675217/images/original/240-2025 -  Contrato PEDRO BORELLA NETO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675215/images/original/239-2025 - Contrato Legalle - Concurso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675214/images/original/238-2025 - Aditivo - MA Solu&#231;oes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675204/images/original/237-2025 - Aditivo -  RSM de Souza Le&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675201/images/original/232-2025 -  Contrato - RSM - M&#225;quinas de Costura.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675200/images/original/231-2025 - ADITIVO - Marcelo de Carvalho Borges - ME  - Amplia&#231;&#227;o linha.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675195/images/original/230-2025 - ADITIVO -Marcelo de Carvalho Borges - Supressao de linha -  Transporte Escolar -.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675169/images/original/225-2025 - Aditivo -Gente Seguradora -Fastback.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675168/images/original/224-2025 - Contrato Dagostini Artefatos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675159/images/original/223-2025 - Aditivo -  RAPACHI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675154/images/original/221 - 2025 - Grafica e Editora Posigraf Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675151/images/original/220-2025 - Aditivo - Maisa Basso Godinho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675150/images/original/219-2025 - Aditivo - WEBDE HOST LTDA ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675144/images/original/215-2025 - Credenciamento - RESGATE SERVICOS MOVEIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675136/images/original/213-2025 -  Contrato - VITOR ALFREDO THOMAS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675123/images/original/212-2025 -  Contrato - RG2 INDUSTRIA E COMERCIO DE MOVEIS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675118/images/original/211-2025 -  Contrato - LOYAL COMERCIAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675112/images/original/210-2025 -  Contrato - JR2 COMERCIO DE VARIEDADES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675103/images/original/209-2025 -  Contrato - GUILHERME XAVIER PIVA - ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675070/images/original/208-2025 -  Contrato - BE Happy.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675053/images/original/207-2025 -  Contrato - Alci N. Becker e Cia Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675043/images/original/206-2025 - Credenciamento -Marcolin e Marcolin.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675042/images/original/205 - 2025 - Aditivo - Bonatto - Amplia&#231;&#227;o UBS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675010/images/original/204-2025 - Aditivo -Gente Seguradora -Ambulancia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/675000/images/original/202-2025- Aditivo - Credenciamento - Residencial Nosso Lar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674958/images/original/201-2025 - Aditivo - Credenciamento - Maximiliano Guerreiro Batalha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674950/images/original/199-2025 - Aditivo -  CLAUDIO DUTRA SCOPEL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674930/images/original/198-2025 - Credenciamento - Octacio Augusto Duarte Silveira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674902/images/original/197-2025 - BPF Institui&#231;&#227;o de Pagmentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674898/images/original/196-2025 - ADITIVO -Tonitur Transportes -  REDU&#199;&#195;O.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674877/images/original/195-2025 -  Contrato - Brandprev Medicina do Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674875/images/original/194-2025 - Rol Procedimentos  - Munic&#237;pio Guapore e Assoc. Hospital  - Otorrino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674871/images/original/193-2025 - Aditivo Lacua Tratamento de Agua.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674852/images/original/187-2025 -  Contrato EMERGENCIAL - Le card.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674829/images/original/186-2025 - AUTOLOCADORA LINCK &amp; MELLO LTDA - Pick up obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674826/images/original/185-2025 - AUTOLOCADORA LINCK &amp; MELLO LTDA - Saude.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674817/images/original/183-2025 - Aditivo -  Promaxima Gest&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674306/images/original/182-2025 - Aditivo - Delta Inform&#225;tica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674294/images/original/179-2025 Aditivo - Credenciamento - Minha Saude  Clinica Especializada.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674292/images/original/177 - 2025 - ADITIVO - Franciele Eletro M&#243;veis Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674291/images/original/170-2025 - Credenciamento - Alex Guilherme - Borracharia.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674288/images/original/169-2025 - Credenciamento - CAMILA BRANDALISE GRAZZIOTIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674287/images/original/168-2025 - Credenciamento - Pedro Henrique Martello Rossi.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674286/images/original/167-2025 - Aditivo Rural Rental - Pick up - Obras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674285/images/original/166-2025 -  Contrato - Franciele Eletro Moveis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674276/images/original/165-2025 -  Contrato - Diego Lutz Treinamentos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674274/images/original/162- 2025 - Aditivo -Porto Seguro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/674273/images/original/161-2025  - Aditivo -Gente Seguradora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673891/images/original/160-2025 - Aditivo - Rota System.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673887/images/original/159-2025 - Aditivo - Credenciamento - CML.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673881/images/original/157-2025 Aditivo - Credenciamento - MIGUEL MARTINEZ GRAZIOTTIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673875/images/original/156-2025 - Credenciamento -TOPMED ASSISTENCIA A SAUDE LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673867/images/original/155-2025 - Aditivo - Credenciamento - Cl&#237;nica de Radiologia da Cidade de Passo Fundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673866/images/original/154-2025 - Credenciamento -Singular Cl&#237;nica M&#233;dica Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673865/images/original/152-2025 - Aditivo - Credenciamento - Luciane Ghedini.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673864/images/original/151-2025 - Aditivo - Credenciamento -  Centro Integrado de Gastroenterologia e endoscopia da Serra Gaucha.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673862/images/original/150-2025 - Aditivo - Credenciamento -  Laborat&#243;rio N&#250;cleo Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673861/images/original/149-2025 - Credenciamento - Felippe Servi&#231;os M&#233;dicos Sociedade Simples Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673831/images/original/148-2025 - ADITIVO -Marcelo de Carvalho Borges - Supressao de linha -  Transporte Escolar -.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673811/images/original/146-2025 -  Contrato - FAR TREINAMENTOS LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673804/images/original/142-2025 Contrato  Comercio e Servi&#231;os Eletricos.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/673384/images/original/140-2025 - Credenciamento - VIP CLIMATIZA&#199;&#195;O LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/672848/images/original/136-2025 - ADITIVO - Lopes e M&#233;dicos Associados.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/672657/images/original/134-2025 - Credenciamento - AUGUSTO DE CASTRO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/672656/images/original/133-2025 - Aditivo -  Rural Rental Service.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/672654/images/original/132-2025 - ADITIVO - Vector CTF Engenharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/672648/images/original/131-2025 - ADITIVO  - Adelar Jos&#233; dos Santos Eirelli.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/672642/images/original/129-2025 - Credenciamento - Funer&#225;ria Lovato.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/672640/images/original/128-2025 - Credenciamento - Funer&#225;ria Sagrada Fam&#237;lia.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/672634/images/original/121-2025 -  Contrato - Distribuidora Meridional de Motores Cummins S.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552261/images/original/120-2025 -  Contrato - Elisa Regina Detogni.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552260/images/original/117 - 2025 - Contrato - Rapachi Empreendimentos Esportivos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552258/images/original/115-2025 - Aditivo -  BONATTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/552238/images/original/114-2025 - Credenciamento - 4 Irm&#227;os Karangas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C101"/>
+  <dimension ref="A1:C100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C101" sqref="C101"/>
+      <selection activeCell="C100" sqref="C100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>9</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="1" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>47</v>
@@ -1374,901 +1341,890 @@
         <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>44</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B25" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B26" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B27" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B32" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B35" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B36" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>87</v>
+      </c>
+      <c r="B37" t="s">
         <v>85</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B38" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>91</v>
       </c>
       <c r="B39" t="s">
         <v>92</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>94</v>
       </c>
       <c r="B40" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B42" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B43" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>103</v>
+      </c>
+      <c r="B44" t="s">
+        <v>98</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B45" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B46" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B47" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B48" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>45</v>
+        <v>111</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>112</v>
+      </c>
+      <c r="B49" t="s">
         <v>113</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" s="1" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B50" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>118</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B51" t="s">
         <v>117</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B52" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B53" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B54" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B55" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B56" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B57" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B58" t="s">
         <v>134</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B59" t="s">
         <v>134</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B60" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B61" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B62" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B63" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B64" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>81</v>
+        <v>149</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B65" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B66" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B67" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B68" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B69" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B70" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>81</v>
+        <v>166</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B71" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>172</v>
+        <v>155</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B72" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B73" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B74" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B75" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B76" t="s">
-        <v>184</v>
+        <v>171</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="B77" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="B78" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="B79" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B80" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="B81" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B82" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B83" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="B84" t="s">
-        <v>202</v>
+        <v>188</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="B85" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>206</v>
+        <v>62</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="B86" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>159</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="B87" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B88" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="B89" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="B90" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="B91" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B92" t="s">
+        <v>214</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B93" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B94" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="B95" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B96" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="B97" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B98" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>237</v>
+        <v>86</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>238</v>
+        <v>231</v>
       </c>
       <c r="B99" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>239</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="B100" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>242</v>
-[...10 lines deleted...]
-        <v>245</v>
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
@@ -2329,51 +2285,50 @@
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
-    <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>