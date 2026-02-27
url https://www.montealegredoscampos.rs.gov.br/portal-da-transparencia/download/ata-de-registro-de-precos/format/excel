--- v0 (2025-10-16)
+++ v1 (2026-02-27)
@@ -12,61 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>037/2025 - Ata de registro de preço - RB Dossin Comércio de Mat. de Const. Ltda</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>Pregão Eletrônico: 19/2025 - PE</t>
+  </si>
+  <si>
+    <t>036/2025 - Ata de registro de preço - Daniel Tiago dos Santos</t>
+  </si>
+  <si>
+    <t>035/2025 - Ata de registro de preço - Mondadori Rede de Postos</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>Pregão Eletrônico: 16/2025 - PE</t>
+  </si>
+  <si>
+    <t>034/2025 - Ata de registro de preço - Daniel Tiago dos Santos - ME</t>
+  </si>
+  <si>
+    <t>31/07/2025</t>
+  </si>
+  <si>
+    <t>Pregão Eletrônico: 15/2025 - PE</t>
+  </si>
+  <si>
+    <t>033/2025 - Ata de registro de preço - Prazer em Comprar Alimentos Ltda</t>
+  </si>
+  <si>
+    <t>24/07/2025</t>
+  </si>
+  <si>
+    <t>Ata Nº 033-2025 PE 14-2025-PRAZER.pdf</t>
+  </si>
+  <si>
+    <t>032/2025 - Ata de registro de preço - MR Alimentos Saudáveis Ltda ME</t>
+  </si>
+  <si>
+    <t>Pregão Eletrônico: 014/2025 - PE</t>
+  </si>
+  <si>
+    <t>031/2025 - Ata de registro de preço - Loop Distribuidora Ltda</t>
+  </si>
+  <si>
+    <t>030/2025 - Ata de registro de preço - Comercio de Alimentos Andrighetti Ltda</t>
+  </si>
+  <si>
+    <t>Pregão Eletronico:</t>
+  </si>
+  <si>
     <t>029/2025 - Ata de registro de preço - Franciele Eletro Ltda</t>
   </si>
   <si>
     <t>26/05/2025</t>
   </si>
   <si>
     <t>Pregão Eletrônico: 05/2025 - PE</t>
   </si>
   <si>
     <t>028/2025 - Ata de registro de preço - RB Dossin Comercio de Mat. de Const. Ltda</t>
   </si>
   <si>
     <t>19/05/2025</t>
   </si>
   <si>
     <t>Pregão Eletrônico: 012/2025 - PE</t>
   </si>
   <si>
     <t>027/2025 - Ata de registro de preço - Kieling Comércio de Madeiras Ltda</t>
   </si>
   <si>
     <t>026/2025 - Ata de registro de preço - Daniel Tiago dos Santos - ME</t>
   </si>
   <si>
     <t>025/2025 - Ata de registro de preço - Construir Materiais de Construção Ltda</t>
@@ -498,116 +552,50 @@
     <t>008/2024 - Ata de Registro de Preços - Geraldo Andreola e Cia Ltda</t>
   </si>
   <si>
     <t>16/05/2024</t>
   </si>
   <si>
     <t>Pregão Eletrônico : 015/2024</t>
   </si>
   <si>
     <t>007/2024 - Ata de Registro de Preços - Comércio de Gás H.G. Ltda</t>
   </si>
   <si>
     <t>10/05/2024</t>
   </si>
   <si>
     <t>Pregão Eletrônico: 14/2024</t>
   </si>
   <si>
     <t>006/2024 - Ata de Registro de Preços - Mayla Ferro Moraes Santos Construçoes</t>
   </si>
   <si>
     <t>02/04/2024</t>
   </si>
   <si>
     <t>Pregão Eletrônico 005/2024</t>
-  </si>
-[...64 lines deleted...]
-    <t>Pregão Eletrônico: 028/2023 - PE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -914,1175 +902,1175 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608215/images/original/Ata N&#186; 029-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 005-2025 - Franciele Eletro Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608212/images/original/Ata N&#186; 028-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 12-2025  - RB DOSSIN   - aquisi&#231;&#227;o de madeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608105/images/original/Ata N&#186; 027-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 12-2025  - KIELING COMERCIO DE MADEIRAS LTDA  - aquisi&#231;&#227;o de madeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608103/images/original/Ata N&#186; 026-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 12-2025  - Daniel Tiago dos Santos &#8211; ME  - aquisi&#231;&#227;o de madeiras.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608048/images/original/Ata N&#186; 025-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 12-2025  - Construir Materiais de Constru&#231;&#227;o Ltda - aquisi&#231;&#227;o de madeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/556686/images/original/Ata N&#186; 024-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2025  -  aquisi&#231;&#227;o de brita n&#186; 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550594/images/original/Ata N&#186; 023-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 008-2025 -  AIRLESS PINTURAS BC LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550586/images/original/Ata N&#186; 022-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 008-2025 -  HD Sinaliza&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550583/images/original/Ata N&#186; 021-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 006-2025 - DAGOSTINI ARTEFATOS DE CONCRETO E PAVIMENTA&#199;OES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550581/images/original/Ata N&#186; 020-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 007-2025 - Prazer em Comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550580/images/original/Ata N&#186; 019-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 007-2025 -  LDR ATACADISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550578/images/original/Ata N&#186; 018-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 005-2025 - Tecnoblu - Feezer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550577/images/original/Ata N&#186; 017-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - Casa do Eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550576/images/original/Ata N&#186; 016-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -RB DOSSIN COMERCIO DE MATERIAIS DE CONSTRUCAO LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550575/images/original/Ata N&#186; 015-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -MP COMERCIO DE TELAS E FERRAGENS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550567/images/original/Ata N&#186; 014-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -MERCASERRA MATERIAIS PARA CONSTRUCAO EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550565/images/original/Ata N&#186; 013-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -INSTALART.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550562/images/original/Ata N&#186; 012-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -FLORESCER SERVICOS DE ENGENHARIA  - EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550514/images/original/Ata N&#186; 011-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - EVEREST MATERIAIS DE CONSTRU&#199;&#195;O LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550511/images/original/Ata N&#186; 010-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - DAGOSTINI ARTEFATOS DE CONCRETO E PAVIMENTA&#199;OES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550497/images/original/Ata N&#186; 009-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - ELETRICLINE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550487/images/original/Ata N&#186; 008-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - DRC MATERIAIS DE CONSTRU&#199;&#195;O LTDA &#8211; ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550483/images/original/Ata N&#186; 007-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - Daniel Tiago dos Santos - ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550481/images/original/Ata N&#186; 006-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - CJC Com&#233;rcio Varejista e Atacadista de Ferramentas Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550480/images/original/Ata N&#186; 005-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - Canoas Comercio de Tintas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550476/images/original/Ata N&#186; 004-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - ALMADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550475/images/original/Ata N&#186; 003-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 002-2025 - Prazer em Comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550469/images/original/Ata N&#186; 002-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 002-2025 -  LDR ATACADISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550466/images/original/Ata N&#186; 001-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 002-2025 -  Sanmart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509128/images/original/Ata N&#186; 067-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 36-2024 - TALENTOS D`&#193;GUA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509123/images/original/Ata N&#186; 066-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 36-2024 - SUL AGUA EQUIPAMENTOS LTDA.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509115/images/original/Ata N&#186; 065-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 36-2024 - Racaza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509112/images/original/Ata N&#186; 064-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 36-2024 - ACQUADUTO BRASIL INDUSTRIA E COMERCIO LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509097/images/original/Ata N&#186; 063-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 -VERTENTES MATERIAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509034/images/original/Ata N&#186; 062-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - LICITAFISIO COMERCIO DE PRODUTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509033/images/original/Ata N&#186; 061-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 -SSC Solu&#231;&#245;es em Fornecimento de Mercadorias Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509031/images/original/Ata N&#186; 060-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - Kalinovski.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509030/images/original/Ata N&#186; 059-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - Casa e Companhia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509029/images/original/Ata N&#186; 058-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - BRUMO ESPORTES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509028/images/original/Ata N&#186; 057-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - Bianca Ricacheski.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509027/images/original/Ata N&#186; 056-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - 100 SPORTS CALCADOS E CONFECCOES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509022/images/original/Ata N&#186; 055-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 33-2024 -RP COMERCIAL LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509011/images/original/Ata N&#186; 054-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 33-2024 - MDX COMERCIO DE EPI LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509002/images/original/Ata N&#186; 053-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 33-2024 - Barao Seg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508994/images/original/Ata N&#186; 052-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 33-2024 - ALS Profissionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508991/images/original/Ata N&#186; 51-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 35-2024 - Sul Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508965/images/original/Ata N&#186; 50-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 34-2024 - Cristiano de Oliveira Manique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509139/images/original/Primeiro aditivo - ref. Ata N&#186; 038-2023  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2023 - Bringhentti.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508964/images/original/Ata N&#186; 049-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 - W Led.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508963/images/original/Ata N&#186; 048-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Triunfo Ilumina&#231;&#227;o Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508962/images/original/Ata N&#186; 047-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Tempo do Brasil Comercio de Equipamentos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508960/images/original/Ata N&#186; 046-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Meps Led Atacado e Distribuidora Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508957/images/original/Ata N&#186; 045-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Lux Comercial Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508944/images/original/Ata N&#186; 044-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Instalart Materiais Eletr&#244;nicos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508941/images/original/Ata N&#186; 043-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Casa do Eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508920/images/original/Ata N&#186; 042-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  C2P Dropshipping de Materiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508928/images/original/Ata N&#186; 041-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Antunes Comercial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/493849/images/original/Ata N&#186; 040-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 28-2024 -  Prazer em comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/488267/images/original/Ata N&#186; 034-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - Arco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487741/images/original/Ata N&#186; 039-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - Zero Grau.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487734/images/original/Ata N&#186; 038-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - Talentos D`&#193;gua Representa&#231;&#227;o Projetos Assessoria Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487730/images/original/Ata N&#186; 037-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - G2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487700/images/original/Ata N&#186; 036-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - DRC Materiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487691/images/original/Ata N&#186; 035-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - BST Hydro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487680/images/original/Ata N&#186; 033-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico -  26-2024 - Disney Play Brinquedos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477819/images/original/Ata N&#186; 032-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico -  25-2024 - Com de Combustiveis Indicatti e Indicatti.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477817/images/original/Ata N&#186; 031-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 22-2024 - Geraldo Andreola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477813/images/original/Ata N&#186; 030-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 20-2024 - Kania.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477810/images/original/Ata N&#186; 029-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 20-2024 -  Prazer em comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477650/images/original/Ata N&#186; 028-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 20-2024 -  Com&#233;rcio de Alimentos Andriguetti  Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477627/images/original/Ata N&#186; 027-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 20-2024 - Carla Portolan Ribeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470471/images/original/Ata N&#186; 026-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - MK - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470468/images/original/Ata N&#186; 025-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Meta Comercio de Ferragens e   - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470464/images/original/Ata N&#186; 024-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Eremaster  - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470462/images/original/Ata N&#186; 023-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Edineide de F.Vasques Brito Comercio e - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470460/images/original/Ata N&#186; 022-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Dal Molin - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470459/images/original/Ata N&#186; 021-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Coml Sul Tubula&#231;&#245;es - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470401/images/original/Ata N&#186; 020-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 16-2024 - TRM COMERCIO DE - Aquisi&#231;&#227;o de material de constru&#231;&#227;o banheiros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470394/images/original/Ata N&#186; 019-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  Eletro Center Mat Eletricos - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470388/images/original/Ata N&#186; 018-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 - TRM COMERCIO DE - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470385/images/original/Ata N&#186; 017-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 - RB Dossin Com&#233;rcio de Materiais - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470362/images/original/Ata N&#186; 016-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 - MERCASERRA MATERIAIS PARA CONSTRUCAO EIRELI - EPP- Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470352/images/original/Ata N&#186; 015-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 - LP SOLUCOES COMERCIAIS LTDA- Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469919/images/original/Ata N&#186; 014-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  INSTALART MATERIAIS ELETRICOS LTDA - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469914/images/original/Ata N&#186; 013-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  Gmac Engenharia Ltda - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469913/images/original/Ata N&#186; 012-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  Eletrica Zeus Ltda - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469425/images/original/Ata N&#186; 011-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  Daniel Tiago - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469424/images/original/Ata N&#186; 010-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  BMH - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469422/images/original/Ata N&#186; 009-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  BL Benini Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469421/images/original/Ata N&#186; 008-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 15-2024 -  aquisi&#231;&#227;o de brita n&#186; 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469419/images/original/Ata N&#186; 007-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 14-2024 -Com de G&#225;s HG Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/420238/images/original/Ata N&#186; 006-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 5-2024 - Mayla Ferro Moraes Santos Constru&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/420235/images/original/Ata N&#186; 005-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 4-2024 - Jomk Comercio de Lubrificantes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/420234/images/original/Ata N&#186; 004-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 2-2024 - Livraria do Estudante.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/392099/images/original/Ata N&#186; 003-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 39-2023 - Geraldo Andreola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/392098/images/original/Ata N&#186; 002-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 37-2023 - Gold Acabamentos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/392097/images/original/Ata N&#186; 001-2024 -  Registro de Pre&#231;os Preg&#227;o Presencial 36-2023 - Associa&#231;&#227;o Farroupilhense de arbitragem.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/392090/images/original/Ata N&#186; 043-2023  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 31-2023 -  Prazer em Comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/392088/images/original/Ata N&#186; 042-2023  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 31-2023 -  Com&#233;rcio de Alimentos Andriguetti  Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/364546/images/original/Ata N&#186; 041-2023  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 28-2023 -  Prazer em Comprar.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/671265/images/original/Ata N&#186; 037-2025  PE 19-2025  - RB DOSSIN.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/671263/images/original/Ata N&#186; 036-2025 PE  19-2025 - Daniel Tiago dos Santos - ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/671261/images/original/Ata N&#186; 035-2025 PE  16 -2025 - Combustivel.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/671260/images/original/Ata N&#186; 034-2025  PE 015-2025 - Daniel - Banheiros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/671258/images/original/Ata N&#186; 033-2025  PE 14-2025-PRAZER.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/671256/images/original/Ata N&#186; 032-2025  PE 14-2025 - MR Alim..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/671252/images/original/Ata N&#186; 031-2025  PE 14-2025 - Loop.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/671180/images/original/Ata N&#186; 030-2025  PE 14-2025 - Andriguetti.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608215/images/original/Ata N&#186; 029-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 005-2025 - Franciele Eletro Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608212/images/original/Ata N&#186; 028-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 12-2025  - RB DOSSIN   - aquisi&#231;&#227;o de madeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608105/images/original/Ata N&#186; 027-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 12-2025  - KIELING COMERCIO DE MADEIRAS LTDA  - aquisi&#231;&#227;o de madeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608103/images/original/Ata N&#186; 026-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 12-2025  - Daniel Tiago dos Santos &#8211; ME  - aquisi&#231;&#227;o de madeiras.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/608048/images/original/Ata N&#186; 025-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 12-2025  - Construir Materiais de Constru&#231;&#227;o Ltda - aquisi&#231;&#227;o de madeiras.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/556686/images/original/Ata N&#186; 024-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2025  -  aquisi&#231;&#227;o de brita n&#186; 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550594/images/original/Ata N&#186; 023-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 008-2025 -  AIRLESS PINTURAS BC LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550586/images/original/Ata N&#186; 022-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 008-2025 -  HD Sinaliza&#231;&#245;es.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550583/images/original/Ata N&#186; 021-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 006-2025 - DAGOSTINI ARTEFATOS DE CONCRETO E PAVIMENTA&#199;OES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550581/images/original/Ata N&#186; 020-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 007-2025 - Prazer em Comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550580/images/original/Ata N&#186; 019-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 007-2025 -  LDR ATACADISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550578/images/original/Ata N&#186; 018-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 005-2025 - Tecnoblu - Feezer.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550577/images/original/Ata N&#186; 017-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - Casa do Eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550576/images/original/Ata N&#186; 016-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -RB DOSSIN COMERCIO DE MATERIAIS DE CONSTRUCAO LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550575/images/original/Ata N&#186; 015-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -MP COMERCIO DE TELAS E FERRAGENS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550567/images/original/Ata N&#186; 014-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -MERCASERRA MATERIAIS PARA CONSTRUCAO EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550565/images/original/Ata N&#186; 013-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -INSTALART.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550562/images/original/Ata N&#186; 012-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 -FLORESCER SERVICOS DE ENGENHARIA  - EIRELI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550514/images/original/Ata N&#186; 011-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - EVEREST MATERIAIS DE CONSTRU&#199;&#195;O LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550511/images/original/Ata N&#186; 010-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - DAGOSTINI ARTEFATOS DE CONCRETO E PAVIMENTA&#199;OES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550497/images/original/Ata N&#186; 009-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - ELETRICLINE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550487/images/original/Ata N&#186; 008-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - DRC MATERIAIS DE CONSTRU&#199;&#195;O LTDA &#8211; ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550483/images/original/Ata N&#186; 007-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - Daniel Tiago dos Santos - ME.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550481/images/original/Ata N&#186; 006-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - CJC Com&#233;rcio Varejista e Atacadista de Ferramentas Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550480/images/original/Ata N&#186; 005-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - Canoas Comercio de Tintas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550476/images/original/Ata N&#186; 004-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 004-2025 - ALMADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550475/images/original/Ata N&#186; 003-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 002-2025 - Prazer em Comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550469/images/original/Ata N&#186; 002-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 002-2025 -  LDR ATACADISTA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/550466/images/original/Ata N&#186; 001-2025  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 002-2025 -  Sanmart.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509128/images/original/Ata N&#186; 067-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 36-2024 - TALENTOS D`&#193;GUA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509123/images/original/Ata N&#186; 066-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 36-2024 - SUL AGUA EQUIPAMENTOS LTDA.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509115/images/original/Ata N&#186; 065-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 36-2024 - Racaza.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509112/images/original/Ata N&#186; 064-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 36-2024 - ACQUADUTO BRASIL INDUSTRIA E COMERCIO LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509097/images/original/Ata N&#186; 063-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 -VERTENTES MATERIAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509034/images/original/Ata N&#186; 062-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - LICITAFISIO COMERCIO DE PRODUTOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509033/images/original/Ata N&#186; 061-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 -SSC Solu&#231;&#245;es em Fornecimento de Mercadorias Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509031/images/original/Ata N&#186; 060-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - Kalinovski.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509030/images/original/Ata N&#186; 059-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - Casa e Companhia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509029/images/original/Ata N&#186; 058-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - BRUMO ESPORTES LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509028/images/original/Ata N&#186; 057-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - Bianca Ricacheski.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509027/images/original/Ata N&#186; 056-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 30-2024 - 100 SPORTS CALCADOS E CONFECCOES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509022/images/original/Ata N&#186; 055-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 33-2024 -RP COMERCIAL LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509011/images/original/Ata N&#186; 054-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 33-2024 - MDX COMERCIO DE EPI LTDA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509002/images/original/Ata N&#186; 053-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 33-2024 - Barao Seg.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508994/images/original/Ata N&#186; 052-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 33-2024 - ALS Profissionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508991/images/original/Ata N&#186; 51-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 35-2024 - Sul Brasil.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508965/images/original/Ata N&#186; 50-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 34-2024 - Cristiano de Oliveira Manique.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/509139/images/original/Primeiro aditivo - ref. Ata N&#186; 038-2023  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2023 - Bringhentti.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508964/images/original/Ata N&#186; 049-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 - W Led.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508963/images/original/Ata N&#186; 048-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Triunfo Ilumina&#231;&#227;o Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508962/images/original/Ata N&#186; 047-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Tempo do Brasil Comercio de Equipamentos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508960/images/original/Ata N&#186; 046-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Meps Led Atacado e Distribuidora Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508957/images/original/Ata N&#186; 045-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Lux Comercial Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508944/images/original/Ata N&#186; 044-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Instalart Materiais Eletr&#244;nicos Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508941/images/original/Ata N&#186; 043-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Casa do Eletricista.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508920/images/original/Ata N&#186; 042-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  C2P Dropshipping de Materiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/508928/images/original/Ata N&#186; 041-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 29-2024 -  Antunes Comercial.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/493849/images/original/Ata N&#186; 040-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 28-2024 -  Prazer em comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/488267/images/original/Ata N&#186; 034-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - Arco.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487741/images/original/Ata N&#186; 039-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - Zero Grau.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487734/images/original/Ata N&#186; 038-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - Talentos D`&#193;gua Representa&#231;&#227;o Projetos Assessoria Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487730/images/original/Ata N&#186; 037-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - G2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487700/images/original/Ata N&#186; 036-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - DRC Materiais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487691/images/original/Ata N&#186; 035-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 27-2024 - BST Hydro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/487680/images/original/Ata N&#186; 033-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico -  26-2024 - Disney Play Brinquedos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477819/images/original/Ata N&#186; 032-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico -  25-2024 - Com de Combustiveis Indicatti e Indicatti.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477817/images/original/Ata N&#186; 031-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 22-2024 - Geraldo Andreola.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477813/images/original/Ata N&#186; 030-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 20-2024 - Kania.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477810/images/original/Ata N&#186; 029-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 20-2024 -  Prazer em comprar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477650/images/original/Ata N&#186; 028-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 20-2024 -  Com&#233;rcio de Alimentos Andriguetti  Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/477627/images/original/Ata N&#186; 027-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 20-2024 - Carla Portolan Ribeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470471/images/original/Ata N&#186; 026-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - MK - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470468/images/original/Ata N&#186; 025-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Meta Comercio de Ferragens e   - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470464/images/original/Ata N&#186; 024-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Eremaster  - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470462/images/original/Ata N&#186; 023-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Edineide de F.Vasques Brito Comercio e - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470460/images/original/Ata N&#186; 022-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Dal Molin - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470459/images/original/Ata N&#186; 021-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 17-2024 - Coml Sul Tubula&#231;&#245;es - Manuten&#231;&#227;o de po&#231;os artesianos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470401/images/original/Ata N&#186; 020-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 16-2024 - TRM COMERCIO DE - Aquisi&#231;&#227;o de material de constru&#231;&#227;o banheiros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470394/images/original/Ata N&#186; 019-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  Eletro Center Mat Eletricos - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470388/images/original/Ata N&#186; 018-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 - TRM COMERCIO DE - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470385/images/original/Ata N&#186; 017-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 - RB Dossin Com&#233;rcio de Materiais - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470362/images/original/Ata N&#186; 016-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 - MERCASERRA MATERIAIS PARA CONSTRUCAO EIRELI - EPP- Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/470352/images/original/Ata N&#186; 015-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 - LP SOLUCOES COMERCIAIS LTDA- Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469919/images/original/Ata N&#186; 014-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  INSTALART MATERIAIS ELETRICOS LTDA - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469914/images/original/Ata N&#186; 013-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  Gmac Engenharia Ltda - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469913/images/original/Ata N&#186; 012-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  Eletrica Zeus Ltda - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469425/images/original/Ata N&#186; 011-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  Daniel Tiago - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469424/images/original/Ata N&#186; 010-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  BMH - Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469422/images/original/Ata N&#186; 009-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 10-2024 -  BL Benini Aquisi&#231;&#227;o de material de constru&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469421/images/original/Ata N&#186; 008-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 15-2024 -  aquisi&#231;&#227;o de brita n&#186; 01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/469419/images/original/Ata N&#186; 007-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 14-2024 -Com de G&#225;s HG Ltda.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/178/DocumentAssets/420238/images/original/Ata N&#186; 006-2024  Registro de Pre&#231;os Preg&#227;o Eletr&#244;nico 5-2024 - Mayla Ferro Moraes Santos Constru&#231;&#245;es.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>25</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" s="1" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" t="s">
         <v>31</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
         <v>34</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="1" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B26" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="B27" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>55</v>
+      </c>
+      <c r="B29" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B30" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B32" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B33" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B34" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B35" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B36" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B37" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>68</v>
+      </c>
+      <c r="B38" t="s">
         <v>64</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="1" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B39" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B40" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="B41" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B42" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="B43" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="B44" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B45" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="B46" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="B47" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
+        <v>84</v>
+      </c>
+      <c r="B48" t="s">
         <v>78</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B50" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B51" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B52" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>91</v>
+      </c>
+      <c r="B53" t="s">
         <v>88</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>92</v>
+      </c>
+      <c r="B54" t="s">
+        <v>88</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B55" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B56" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="B57" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="B58" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="B59" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B60" t="s">
         <v>100</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B61" t="s">
         <v>100</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B62" t="s">
         <v>100</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B63" t="s">
         <v>100</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B64" t="s">
         <v>100</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B65" t="s">
         <v>100</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B66" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B67" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B68" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B69" t="s">
         <v>118</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B70" t="s">
         <v>118</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B71" t="s">
         <v>118</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B72" t="s">
         <v>118</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B73" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
+        <v>126</v>
+      </c>
+      <c r="B74" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>129</v>
       </c>
       <c r="B75" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B76" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B77" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B78" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B79" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>141</v>
+      </c>
+      <c r="B80" t="s">
+        <v>136</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B81" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B82" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B83" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
+        <v>148</v>
+      </c>
+      <c r="B84" t="s">
         <v>143</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="1" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
+        <v>149</v>
+      </c>
+      <c r="B85" t="s">
+        <v>143</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B86" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B87" t="s">
-        <v>138</v>
+        <v>153</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="B88" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="B89" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="B90" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="B91" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
+        <v>161</v>
+      </c>
+      <c r="B92" t="s">
         <v>156</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" s="1" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B93" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B94" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B95" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B96" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B97" t="s">
-        <v>172</v>
+        <v>156</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B98" t="s">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B99" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B100" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B101" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>